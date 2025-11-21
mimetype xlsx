--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -12,218 +12,236 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>Procedures for appeal or review</t>
   </si>
   <si>
     <t>23 December 2021</t>
   </si>
   <si>
     <t>Yes</t>
-  </si>
-[...1 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <t>Technical assistance for:
 (a) learning about good practices in countries that have implemented the measure;
 (b) carrying out a technical and/or legal assessment; and
 (c) drafting proposed rules.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment</t>
   </si>
   <si>
     <t>6.2 (i), 6.2 (ii)</t>
   </si>
   <si>
     <t>Specific disciplines on fees and charges</t>
   </si>
   <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>WB, WCO</t>
+  </si>
+  <si>
     <t>Technical assistance for:
 (a) learning about good practices for the levying of fees and charges for customs processing in relation to importation and exportation, in countries that have implemented the measure;
 (b) carrying out a technical and/or legal assessment; and
 (c) drafting proposed rules.</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii)</t>
   </si>
   <si>
     <t>Authorized operators</t>
   </si>
   <si>
     <t>23 December 2022</t>
   </si>
   <si>
+    <t>United States</t>
+  </si>
+  <si>
     <t>•	Financial assistance for equipment and software.
 •	Technical assistance for: (a) training border authority staff; (b) learning about good international practices; (c) training and awareness-raising in the private sector; (d) creating IT tools for the mandatory and advance transmission of information, including goods declarations, transit declarations and other types of documentation required by law; and (e) drafting proposals for mutual recognition in respect of schemes in other countries.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Infrastructure and equipment, Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>8.2 (a), 8.2 (b), 8.2 (c), 8.2 (d), 8.2 (e)</t>
   </si>
   <si>
     <t>Border Agency Cooperation</t>
   </si>
   <si>
     <t>22 December 2021</t>
+  </si>
+  <si>
+    <t>IDB, European Union, United States</t>
   </si>
   <si>
     <t>•	Technical assistance for learning about best practices in countries that have introduced joint border controls and one-stop border post control.
 •	Financial assistance for equipment and software.
 •	Technical assistance for strengthening the human resources of border agencies.
 •	Technical assistance for training and awareness-raising in the private sector.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Infrastructure and equipment, Human resources and training, Awareness-raising, Institutional procedures</t>
   </si>
   <si>
     <t>10.2.1</t>
   </si>
   <si>
     <t>Acceptance of copies</t>
+  </si>
+  <si>
+    <t>IDB</t>
   </si>
   <si>
     <t>Technical and financial assistance for:
 o	Learning about best practices applied by other countries.
 o	Carrying out a technical and/or legal assessment.
 o	Drafting a proposal to incorporate the implementation of this measure into the domestic legal framework.
 o	Conducting an assessment of border agencies in order to determine their capacity to implement software that allows for the digital storage of documents used in import, export and transit operations involving goods.
 o	Adapting computer systems in order to implement the measure.
 o	Purchasing computer equipment.
 o	Training and awareness-raising in the private sector.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Diagnostic and Needs Assessment, Awareness-raising</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>22 December 2024</t>
   </si>
   <si>
+    <t>23 June 2026</t>
+  </si>
+  <si>
     <t>•	Technical and financial assistance for implementing the Digital Signature Law. 
 •	Technical assistance for strengthening the Single Window of the Import and Export Processing Centre (CIEX).
 •	Technical assistance for learning about WCO best practices for single window management. 
 •	Technical assistance for training in public institutions that interact with the single window, and for users in the private sector.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training, Information and communication technologies (ICT), Institutional procedures, Awareness-raising</t>
   </si>
   <si>
     <t>10.5.2</t>
   </si>
   <si>
     <t>Preshipment inspection</t>
   </si>
   <si>
     <t>Technical assistance for:
 (a)	learning about good practices in countries that have implemented the measure; and
 (b)	carrying out a technical/legal assessment.</t>
   </si>
   <si>
     <t>Transit</t>
   </si>
   <si>
     <t>•	Technical assistance for learning about good practices in countries that have implemented the measure.
 •	Financial assistance for equipment and software. 
 •	Technical assistance for training border authority staff.</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Information and communication technologies (ICT), Human resources and training</t>
   </si>
   <si>
     <t>•	Technical assistance for: (a) learning about good practices in countries that have implemented the measure; (b) training border authority staff; and (c) carrying out a technical/legal assessment.</t>
   </si>
   <si>
     <t>Diagnostic and Needs Assessment, Human resources and training</t>
   </si>
   <si>
     <t>12.2.1, 12.2.2</t>
   </si>
   <si>
     <t>Customs cooperation</t>
+  </si>
+  <si>
+    <t>IDB, WCO, European Union</t>
   </si>
   <si>
     <t>•	Technical and financial assistance for technological development in institutions involved in foreign trade, with a view to the interconnection of computer systems with the Single Window and with other countries.</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Information and communication technologies (ICT)</t>
   </si>
   <si>
     <t>12.5.3</t>
   </si>
   <si>
     <t>•	Technical assistance for: (a) learning about good practices in countries that have implemented the measure; and (b) carrying out studies of legal reforms, mechanisms and/or best practices with a view to implementing the measure.</t>
   </si>
   <si>
     <t>12.6.1 (a), 12.6.1 (b), 12.6.1 (c), 12.6.1 (d), 12.6.1 (e), 12.6.2</t>
   </si>
   <si>
     <t>Asistencia técnica para : a) conocer buenas prácticas en países que tengan implementada la medida b) estudios de reformas legales, mecanismos y/o mejores prácticas para implementar la medida c) evaluación de procedimientos actuales y creación de propuestas de procedimientos administrativos para su aplicación.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment, Institutional procedures</t>
   </si>
   <si>
     <t>12.7.1 (a), 12.7.1 (b), 12.7.1 (c), 12.7.1 (d), 12.7.1 (e), 12.7.2</t>
   </si>
@@ -622,550 +640,601 @@
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10">
       <c r="A2">
         <v>4</v>
       </c>
       <c r="B2">
         <v>4.6</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
+        <v>12</v>
+      </c>
+      <c r="I2" t="s">
         <v>13</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:10">
       <c r="A3">
         <v>6.2</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="H3" t="s">
+        <v>18</v>
       </c>
       <c r="I3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J3" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>7.7</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
       </c>
       <c r="I4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:10">
       <c r="A5">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
       </c>
       <c r="I5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="J5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:10">
       <c r="A6">
         <v>10.2</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
       </c>
       <c r="I6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="J6" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="7" spans="1:10">
       <c r="A7">
         <v>10.4</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E7" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H7" t="s">
+        <v>23</v>
       </c>
       <c r="I7" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:10">
       <c r="A8">
         <v>10.5</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H8" t="s">
+        <v>23</v>
       </c>
       <c r="I8" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="J8" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:10">
       <c r="A9">
         <v>11</v>
       </c>
       <c r="B9">
         <v>11.7</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H9" t="s">
+        <v>34</v>
       </c>
       <c r="I9" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J9" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:10">
       <c r="A10">
         <v>11</v>
       </c>
       <c r="B10">
         <v>11.12</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H10" t="s">
+        <v>34</v>
       </c>
       <c r="I10" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J10" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:10">
       <c r="A11">
         <v>11</v>
       </c>
       <c r="B11">
         <v>11.13</v>
       </c>
       <c r="C11" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H11" t="s">
+        <v>34</v>
       </c>
       <c r="I11" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J11" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:10">
       <c r="A12">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C12" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H12" t="s">
+        <v>53</v>
       </c>
       <c r="I12" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J12" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H13" t="s">
+        <v>53</v>
       </c>
       <c r="I13" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="J13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>12</v>
       </c>
       <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
         <v>52</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H14" t="s">
+        <v>53</v>
       </c>
       <c r="I14" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J14" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H15" t="s">
+        <v>53</v>
       </c>
       <c r="I15" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="J15" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>12</v>
       </c>
       <c r="B16">
         <v>12.8</v>
       </c>
       <c r="C16" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H16" t="s">
+        <v>53</v>
       </c>
       <c r="I16" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="J16" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H17" t="s">
+        <v>53</v>
       </c>
       <c r="I17" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="J17" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="H18" t="s">
+        <v>53</v>
       </c>
       <c r="I18" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="J18" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>12</v>
       </c>
       <c r="B19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19" t="s">
+        <v>53</v>
+      </c>
+      <c r="I19" t="s">
+        <v>64</v>
+      </c>
+      <c r="J19" t="s">
         <v>60</v>
-      </c>
-[...19 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">