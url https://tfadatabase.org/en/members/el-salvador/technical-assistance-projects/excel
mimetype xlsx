--- v1 (2025-11-21)
+++ v2 (2025-12-15)
@@ -151,51 +151,51 @@
     <t>IDB</t>
   </si>
   <si>
     <t>Technical and financial assistance for:
 o	Learning about best practices applied by other countries.
 o	Carrying out a technical and/or legal assessment.
 o	Drafting a proposal to incorporate the implementation of this measure into the domestic legal framework.
 o	Conducting an assessment of border agencies in order to determine their capacity to implement software that allows for the digital storage of documents used in import, export and transit operations involving goods.
 o	Adapting computer systems in order to implement the measure.
 o	Purchasing computer equipment.
 o	Training and awareness-raising in the private sector.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Infrastructure and equipment, Diagnostic and Needs Assessment, Awareness-raising</t>
   </si>
   <si>
     <t>10.4.1, 10.4.2, 10.4.3, 10.4.4</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>22 December 2024</t>
   </si>
   <si>
-    <t>23 June 2026</t>
+    <t>23 December 2027</t>
   </si>
   <si>
     <t>•	Technical and financial assistance for implementing the Digital Signature Law. 
 •	Technical assistance for strengthening the Single Window of the Import and Export Processing Centre (CIEX).
 •	Technical assistance for learning about WCO best practices for single window management. 
 •	Technical assistance for training in public institutions that interact with the single window, and for users in the private sector.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Human resources and training, Information and communication technologies (ICT), Institutional procedures, Awareness-raising</t>
   </si>
   <si>
     <t>10.5.2</t>
   </si>
   <si>
     <t>Preshipment inspection</t>
   </si>
   <si>
     <t>Technical assistance for:
 (a)	learning about good practices in countries that have implemented the measure; and
 (b)	carrying out a technical/legal assessment.</t>
   </si>
   <si>
     <t>Transit</t>
   </si>
   <si>