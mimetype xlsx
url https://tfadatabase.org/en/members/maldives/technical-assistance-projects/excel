--- v0 (2025-10-08)
+++ v1 (2026-02-05)
@@ -12,92 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Measure</t>
   </si>
   <si>
     <t>Items</t>
   </si>
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>TA needs notified</t>
   </si>
   <si>
     <t>Progress reported</t>
   </si>
   <si>
     <t>Donor / Agency</t>
   </si>
   <si>
     <t>TA Description</t>
   </si>
   <si>
     <t>Tags</t>
   </si>
   <si>
     <t>1.2.1 (a), 1.2.1 (b), 1.2.1 (c), 1.2.2, 1.2.3</t>
   </si>
   <si>
     <t>Information available through internet</t>
   </si>
   <si>
     <t>31 December 2023</t>
   </si>
   <si>
-    <t>31 December 2025</t>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>No</t>
   </si>
   <si>
     <t>Assistance and financial support are required to translate all existing laws, rules and regulations, standards, guidelines, SOPs relating to trade, into English language.
 Assistance and support are required to upgrade, Ministry of Economic Development (MED) and Maldives Food and Drug Authority (MFDA) website.
 Assistance to develop capacity of MED, MFDA and officials of Ministry of Health (MoH) to manage, maintain and update website, / information portal.
 Assistance to develop Ministry of Fisheries, Marine Resources and Agriculture (MoFMA) to further develop fisheries information system (FIS), and assistance to develop capacity on managing and updating fisheries information portal.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Human resources and training</t>
   </si>
   <si>
     <t>1.3.1, 1.3.2, 1.3.3, 1.3.4</t>
   </si>
   <si>
     <t>Enquiry points</t>
   </si>
   <si>
     <t>31 December 2021</t>
   </si>
@@ -139,51 +139,51 @@
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Advance rulings</t>
   </si>
   <si>
     <t>22 October 2019</t>
   </si>
   <si>
     <t>ADB, WCO</t>
   </si>
   <si>
     <t>Assistance on training and building expertise on advance ruling and on Rules of Origin (ROO) required for Customs officials and other border related agencies.
 Assistance to conduct public education campaigns for stakeholder awareness and engagement.</t>
   </si>
   <si>
     <t>Human resources and training, Awareness-raising</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notifications for enhanced controls or inspections</t>
   </si>
   <si>
-    <t>30 June 2026</t>
+    <t>30 December 2027</t>
   </si>
   <si>
     <t>Assistance and support to implement an e-notification alert system for Health Protection Agency (HPA), Maldives Food and Drug Authority (MFDA) and Ministry of Fisheries, Marine Resources and Agriculture and capacity building to facilitate notification for enhanced controls and/or inspections.
 Assistance to review the legal framework and procedures to analyse and enhance the legal framework and procedures.</t>
   </si>
   <si>
     <t>Information and communication technologies (ICT), Legislative and regulatory framework, Human resources and training</t>
   </si>
   <si>
     <t>5.3.1, 5.3.2, 5.3.3</t>
   </si>
   <si>
     <t>Test procedures</t>
   </si>
   <si>
     <t>Assistance and financial support are required to acquire laboratory testing kits and relevant laboratory equipment and materials.
 Assistance and support are required to train and build capacity of the technical staff and testing capabilities of laboratory staff.
 Assistance and support are required to strengthen capacity at National Health Laboratory for food and medicine testing.
 Assistance and support are also required to establish port facilities at central and regional level for food and medicine storage.
 Assistance and support are also required to develop testing parameters and accreditation.</t>
   </si>
   <si>
     <t>Infrastructure and equipment, Human resources and training</t>
   </si>
   <si>
@@ -247,50 +247,53 @@
   <si>
     <t>Average release times</t>
   </si>
   <si>
     <t>Assistance is required on designing, planning and implementing time-release studies.
 Staff capacity needs to be developed and the necessary training is required for staff on improving the average time release.</t>
   </si>
   <si>
     <t>7.7.1, 7.7.2 (a) (i), 7.7.2 (a) (ii), 7.7.2 (a) (iii), 7.7.2 (a) (iv), 7.7.2 (b) (i), 7.7.2 (b) (ii), 7.7.3 (a), 7.7.3 (b), 7.7.3 (c), 7.7.3 (d), 7.7.3 (e), 7.7.3 (f), 7.7.3 (g), 7.7.4, 7.7.5, 7.7.6</t>
   </si>
   <si>
     <t>Authorized operators</t>
   </si>
   <si>
     <t>31 December 2024</t>
   </si>
   <si>
     <t>Technical assistance and support are required to introduce authorized trader/operator scheme, develop a monitoring framework though which Customs can establish and monitor operator compliance and the necessary training to Customs Officials.
 Training and capacity building are also required for all other border agencies to ensure fuller compliance to this provision.</t>
   </si>
   <si>
     <t>7.8.1 (a), 7.8.1 (b), 7.8.1 (c), 7.8.1 (d), 7.8.1 (e), 7.8.1 (f), 7.8.1 (g), 7.8.1 (h), 7.8.2 (a), 7.8.2 (b), 7.8.2 (c), 7.8.2 (d), 7.8.3</t>
   </si>
   <si>
     <t>Expedited shipments</t>
+  </si>
+  <si>
+    <t>31 December 2027</t>
   </si>
   <si>
     <t>Technical assistance in configuring the systems to cater expedited release
 Develop staff capacity, training of staff on processing the release of expedited shipments.
 Technical assistance in the introduction of simplified declaration.
 Need technical assistance to introduce security/guarantee system.
 Training and Capacity Building required for Customs Officials to implement Authorized Economic Operators (AEO).
 Note: Technical assistance provided by ADB to design and develop Authorized Economic Operators (AEO) program.</t>
   </si>
   <si>
     <t>10.3.1, 10.3.2</t>
   </si>
   <si>
     <t>Use of international standards</t>
   </si>
   <si>
     <t>Training and capacity development are required to support the staff of relevant institutions to comply with international standards and best practices.
 Assistance is required for testing, certification, inspection and accreditation capabilities of relevant regulatory agencies and provide assistance for upgrading the facilities in compliance with international standards.
 Assistance required to join ATA Carnet. (Note: Customs will be acceding to the RKC soon.)
 Training is required for Customs Officials to implement ATA Carnet.
 Technical expertise required to identify gaps between existing legislation and international standards and assist to align in accordance with them.</t>
   </si>
   <si>
     <t>Legislative and regulatory framework, Diagnostic and Needs Assessment, Human resources and training</t>
   </si>
@@ -345,59 +348,63 @@
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1095,217 +1102,218 @@
       </c>
       <c r="G14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>69</v>
       </c>
       <c r="J14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>7.8</v>
       </c>
       <c r="B15" t="s">
         <v>70</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>14</v>
       </c>
       <c r="G15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:10">
       <c r="A16">
         <v>10.3</v>
       </c>
       <c r="B16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>13</v>
       </c>
       <c r="F16" t="s">
         <v>14</v>
       </c>
       <c r="G16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17">
         <v>10.4</v>
       </c>
       <c r="B17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>13</v>
       </c>
       <c r="F17" t="s">
         <v>14</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J17" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="18" spans="1:10">
       <c r="A18">
         <v>10.9</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>13</v>
       </c>
       <c r="F18" t="s">
         <v>14</v>
       </c>
       <c r="G18" t="s">
         <v>15</v>
       </c>
       <c r="I18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>61</v>
       </c>
       <c r="F19" t="s">
         <v>14</v>
       </c>
       <c r="G19" t="s">
         <v>15</v>
       </c>
       <c r="I19" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>