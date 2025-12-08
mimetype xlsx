--- v0 (2025-10-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="267">
   <si>
     <t>Measure name</t>
   </si>
   <si>
     <t>Article</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Indicative Implementation Date</t>
   </si>
   <si>
     <t>Definitive Implementation Date</t>
   </si>
   <si>
     <t>Publication</t>
   </si>
   <si>
     <t>1.1.1 (a)</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
@@ -567,50 +567,53 @@
     <t>Acceptance of copies</t>
   </si>
   <si>
     <t>10.2.1</t>
   </si>
   <si>
     <t>10.2.2</t>
   </si>
   <si>
     <t>10.2.3</t>
   </si>
   <si>
     <t>Use of international standards</t>
   </si>
   <si>
     <t>10.3.1</t>
   </si>
   <si>
     <t>10.3.2</t>
   </si>
   <si>
     <t>Single window</t>
   </si>
   <si>
     <t>10.4.1</t>
+  </si>
+  <si>
+    <t>30 June 2027</t>
   </si>
   <si>
     <t>10.4.2</t>
   </si>
   <si>
     <t>10.4.3</t>
   </si>
   <si>
     <t>10.4.4</t>
   </si>
   <si>
     <t>Preshipment inspection</t>
   </si>
   <si>
     <t>10.5.1</t>
   </si>
   <si>
     <t>10.5.2</t>
   </si>
   <si>
     <t>Use of customs brokers</t>
   </si>
   <si>
     <t>10.6.1</t>
   </si>
@@ -3181,329 +3184,329 @@
     <row r="148" spans="1:5">
       <c r="B148" t="s">
         <v>182</v>
       </c>
       <c r="C148" t="s">
         <v>37</v>
       </c>
       <c r="E148" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
         <v>183</v>
       </c>
       <c r="B149" t="s">
         <v>184</v>
       </c>
       <c r="C149" t="s">
         <v>66</v>
       </c>
       <c r="D149" t="s">
         <v>87</v>
       </c>
       <c r="E149" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="B150" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C150" t="s">
         <v>66</v>
       </c>
       <c r="D150" t="s">
         <v>87</v>
       </c>
       <c r="E150" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="B151" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C151" t="s">
         <v>66</v>
       </c>
       <c r="D151" t="s">
         <v>87</v>
       </c>
       <c r="E151" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="B152" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C152" t="s">
         <v>66</v>
       </c>
       <c r="D152" t="s">
         <v>87</v>
       </c>
       <c r="E152" t="s">
-        <v>67</v>
+        <v>185</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B153" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C153" t="s">
         <v>37</v>
       </c>
       <c r="E153" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="B154" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C154" t="s">
         <v>37</v>
       </c>
       <c r="E154" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B155" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C155" t="s">
         <v>37</v>
       </c>
       <c r="E155" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="B156" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C156" t="s">
         <v>37</v>
       </c>
       <c r="E156" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="B157" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C157" t="s">
         <v>37</v>
       </c>
       <c r="E157" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B158" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C158" t="s">
         <v>37</v>
       </c>
       <c r="E158" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="B159" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C159" t="s">
         <v>37</v>
       </c>
       <c r="E159" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="B160" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C160" t="s">
         <v>37</v>
       </c>
       <c r="E160" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="B161" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C161" t="s">
         <v>37</v>
       </c>
       <c r="E161" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="B162" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C162" t="s">
         <v>37</v>
       </c>
       <c r="E162" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="B163" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C163" t="s">
         <v>37</v>
       </c>
       <c r="E163" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B164" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C164" t="s">
         <v>66</v>
       </c>
       <c r="D164" t="s">
         <v>87</v>
       </c>
       <c r="E164" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="B165" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C165" t="s">
         <v>66</v>
       </c>
       <c r="D165" t="s">
         <v>87</v>
       </c>
       <c r="E165" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B166" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C166" t="s">
         <v>37</v>
       </c>
       <c r="E166" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="B167" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C167" t="s">
         <v>7</v>
       </c>
       <c r="D167" t="s">
         <v>96</v>
       </c>
       <c r="E167" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="B168" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C168" t="s">
         <v>7</v>
       </c>
       <c r="D168" t="s">
         <v>96</v>
       </c>
       <c r="E168" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="B169" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C169" t="s">
         <v>7</v>
       </c>
       <c r="D169" t="s">
         <v>96</v>
       </c>
       <c r="E169" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B170" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C170" t="s">
         <v>37</v>
       </c>
       <c r="E170" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="B171" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C171" t="s">
         <v>37</v>
       </c>
       <c r="E171" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="B172">
         <v>11.2</v>
       </c>
       <c r="C172" t="s">
         <v>37</v>
       </c>
       <c r="E172" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="B173">
         <v>11.3</v>
       </c>
       <c r="C173" t="s">
         <v>37</v>
@@ -3514,62 +3517,62 @@
     </row>
     <row r="174" spans="1:5">
       <c r="B174">
         <v>11.4</v>
       </c>
       <c r="C174" t="s">
         <v>37</v>
       </c>
       <c r="E174" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="B175">
         <v>11.5</v>
       </c>
       <c r="C175" t="s">
         <v>37</v>
       </c>
       <c r="E175" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="B176" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C176" t="s">
         <v>37</v>
       </c>
       <c r="E176" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="B177" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C177" t="s">
         <v>37</v>
       </c>
       <c r="E177" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="B178">
         <v>11.7</v>
       </c>
       <c r="C178" t="s">
         <v>37</v>
       </c>
       <c r="E178" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="B179">
         <v>11.8</v>
       </c>
       <c r="C179" t="s">
         <v>37</v>
@@ -3635,626 +3638,626 @@
     </row>
     <row r="185" spans="1:5">
       <c r="B185">
         <v>11.14</v>
       </c>
       <c r="C185" t="s">
         <v>37</v>
       </c>
       <c r="E185" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="B186">
         <v>11.15</v>
       </c>
       <c r="C186" t="s">
         <v>37</v>
       </c>
       <c r="E186" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="B187" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C187" t="s">
         <v>37</v>
       </c>
       <c r="E187" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="B188" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C188" t="s">
         <v>37</v>
       </c>
       <c r="E188" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="B189" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C189" t="s">
         <v>37</v>
       </c>
       <c r="E189" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="B190">
         <v>11.17</v>
       </c>
       <c r="C190" t="s">
         <v>37</v>
       </c>
       <c r="E190" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B191" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C191" t="s">
         <v>37</v>
       </c>
       <c r="E191" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="B192" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C192" t="s">
         <v>37</v>
       </c>
       <c r="E192" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="B193" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C193" t="s">
         <v>37</v>
       </c>
       <c r="E193" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="B194" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C194" t="s">
         <v>37</v>
       </c>
       <c r="E194" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="B195">
         <v>12.3</v>
       </c>
       <c r="C195" t="s">
         <v>37</v>
       </c>
       <c r="E195" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="B196" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C196" t="s">
         <v>37</v>
       </c>
       <c r="E196" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="B197" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C197" t="s">
         <v>37</v>
       </c>
       <c r="E197" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="B198" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C198" t="s">
         <v>37</v>
       </c>
       <c r="E198" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="B199" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C199" t="s">
         <v>37</v>
       </c>
       <c r="E199" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="B200" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C200" t="s">
         <v>37</v>
       </c>
       <c r="E200" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="B201" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C201" t="s">
         <v>37</v>
       </c>
       <c r="E201" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="B202" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C202" t="s">
         <v>37</v>
       </c>
       <c r="E202" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="B203" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C203" t="s">
         <v>37</v>
       </c>
       <c r="E203" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="B204" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C204" t="s">
         <v>37</v>
       </c>
       <c r="E204" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="B205" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C205" t="s">
         <v>37</v>
       </c>
       <c r="E205" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="B206" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C206" t="s">
         <v>37</v>
       </c>
       <c r="E206" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="B207" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C207" t="s">
         <v>37</v>
       </c>
       <c r="E207" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="B208" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C208" t="s">
         <v>37</v>
       </c>
       <c r="E208" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="B209" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C209" t="s">
         <v>37</v>
       </c>
       <c r="E209" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="B210" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C210" t="s">
         <v>37</v>
       </c>
       <c r="E210" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="B211" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C211" t="s">
         <v>37</v>
       </c>
       <c r="E211" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="B212" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C212" t="s">
         <v>37</v>
       </c>
       <c r="E212" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="B213" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C213" t="s">
         <v>37</v>
       </c>
       <c r="E213" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="B214" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C214" t="s">
         <v>37</v>
       </c>
       <c r="E214" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="B215" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C215" t="s">
         <v>37</v>
       </c>
       <c r="E215" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="B216" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C216" t="s">
         <v>37</v>
       </c>
       <c r="E216" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="B217" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C217" t="s">
         <v>37</v>
       </c>
       <c r="E217" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="B218" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C218" t="s">
         <v>37</v>
       </c>
       <c r="E218" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="B219" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C219" t="s">
         <v>37</v>
       </c>
       <c r="E219" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="B220" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C220" t="s">
         <v>37</v>
       </c>
       <c r="E220" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="B221" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C221" t="s">
         <v>37</v>
       </c>
       <c r="E221" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="B222" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C222" t="s">
         <v>37</v>
       </c>
       <c r="E222" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="B223">
         <v>12.8</v>
       </c>
       <c r="C223" t="s">
         <v>37</v>
       </c>
       <c r="E223" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="B224" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C224" t="s">
         <v>37</v>
       </c>
       <c r="E224" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="B225" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C225" t="s">
         <v>37</v>
       </c>
       <c r="E225" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="B226" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C226" t="s">
         <v>37</v>
       </c>
       <c r="E226" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="B227" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C227" t="s">
         <v>37</v>
       </c>
       <c r="E227" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="B228" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C228" t="s">
         <v>37</v>
       </c>
       <c r="E228" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="B229" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C229" t="s">
         <v>37</v>
       </c>
       <c r="E229" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="B230" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C230" t="s">
         <v>37</v>
       </c>
       <c r="E230" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="B231" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C231" t="s">
         <v>37</v>
       </c>
       <c r="E231" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="B232" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C232" t="s">
         <v>37</v>
       </c>
       <c r="E232" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="B233" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C233" t="s">
         <v>37</v>
       </c>
       <c r="E233" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="B234" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C234" t="s">
         <v>37</v>
       </c>
       <c r="E234" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="B235" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C235" t="s">
         <v>37</v>
       </c>
       <c r="E235" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="B236" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C236" t="s">
         <v>37</v>
       </c>
       <c r="E236" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="B237" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C237" t="s">
         <v>37</v>
       </c>
       <c r="E237" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="B238" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C238" t="s">
         <v>37</v>
       </c>
       <c r="E238" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="B239" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C239" t="s">
         <v>37</v>
       </c>
       <c r="E239" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>