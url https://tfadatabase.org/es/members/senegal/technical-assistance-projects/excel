--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -138,51 +138,51 @@
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Infraestructura y equipo, Diagnóstico y evaluación de necesidades, Recursos humanos y capacitación</t>
   </si>
   <si>
     <t>1.4 (a), 1.4 (b), 1.4 (c)</t>
   </si>
   <si>
     <t>Notificación</t>
   </si>
   <si>
     <t>	Set up enquiry points</t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC)</t>
   </si>
   <si>
     <t>3.1, 3.2 (a), 3.2 (b), 3.3, 3.4, 3.5, 3.6 (a), 3.6 (b), 3.6 (c), 3.7, 3.8, 3.9 (a) (i), 3.9 (a) (ii), 3.9 (b) (i), 3.9 (b) (ii), 3.9 (b) (iii), 3.9 (b) (iv), 3.9 (c), 3.9 (d)</t>
   </si>
   <si>
     <t>Resoluciones anticipadas</t>
   </si>
   <si>
     <t>22 febrero 2023</t>
   </si>
   <si>
-    <t>31 diciembre 2025</t>
+    <t>31 diciembre 2027</t>
   </si>
   <si>
     <t xml:space="preserve">	Crear un comité consultivo encargado de examinar todas las solicitudes y formular una opinión razonada al director general de aduanas
 	Implantar un sistema electrónico para la presentación y la publicación de resoluciones anticipadas (en el marco del sistema de aduana electrónica, en el cual los operadores pueden solicitar resoluciones anticipadas) 
 	Impartir formación sobre la gestión y tramitación de las solicitudes
 	Impartir formación al sector privado sobre la utilización del sistema electrónico
 	Realizar una campaña de comunicación para informar a los beneficiarios de la existencia de ese nuevo servicio
 </t>
   </si>
   <si>
     <t>Tecnologías de la información y las comunicaciones (TIC), Diagnóstico y evaluación de necesidades, Recursos humanos y capacitación, Sensibilización</t>
   </si>
   <si>
     <t>5.1 (a), 5.1 (b), 5.1 (c), 5.1 (d)</t>
   </si>
   <si>
     <t>Notificaciones de controles o inspecciones reforzados</t>
   </si>
   <si>
     <t>22 febrero 2024</t>
   </si>
   <si>
     <t>31 diciembre 2030</t>
   </si>
   <si>